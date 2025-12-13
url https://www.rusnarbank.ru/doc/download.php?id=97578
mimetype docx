--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -792,51 +792,51 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Банк предоставляется заявка на агентское сотрудничество с приложением </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="007E22EF">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>пакета документов</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007E22EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, заключается агентский договор.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DC2D771" w14:textId="05AB6098" w:rsidR="007E22EF" w:rsidRPr="006E7EED" w:rsidRDefault="006E7EED" w:rsidP="003B2B40">
+    <w:p w14:paraId="2DC2D771" w14:textId="29A3F1AE" w:rsidR="007E22EF" w:rsidRPr="006E7EED" w:rsidRDefault="00E77CE4" w:rsidP="003B2B40">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="007E22EF" w:rsidRPr="007E22EF">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>Пакет документов</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007E22EF" w:rsidRPr="007E22EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -849,88 +849,86 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>АО «РУСНАРБАНК»</w:t>
       </w:r>
       <w:r w:rsidR="007E22EF" w:rsidRPr="007E22EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> формируется в зависимости от типа контрагента и направляется в электронном виде на эл</w:t>
       </w:r>
       <w:r w:rsidR="00B31EFA" w:rsidRPr="003B2B40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ектронны</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006E7EED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>й</w:t>
       </w:r>
       <w:r w:rsidR="00B31EFA" w:rsidRPr="003B2B40">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E22EF" w:rsidRPr="007E22EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>адрес: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-[...9 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00AA5FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ur_agent@rusnarbank.ru</w:t>
+      </w:r>
       <w:r w:rsidR="007E22EF" w:rsidRPr="006E7EED">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26CFD13C" w14:textId="2A3C11F4" w:rsidR="007E22EF" w:rsidRPr="007E22EF" w:rsidRDefault="007E22EF" w:rsidP="003B2B40">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E22EF">
@@ -1065,51 +1063,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E22EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>каждый документ (файл) отдельно подписывается </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="007E22EF">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>ЭЦП агента</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007E22EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> (усиленная, квалифицированная электронная подпись, программа «Криптоарм», «Криптопро», файлы в формате sig).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50CC9CF6" w14:textId="49A826EB" w:rsidR="007E22EF" w:rsidRPr="007E22EF" w:rsidRDefault="007E22EF" w:rsidP="003B2B40">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
@@ -2405,74 +2403,75 @@
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E22EF"/>
     <w:rsid w:val="00194EE1"/>
     <w:rsid w:val="003B2B40"/>
     <w:rsid w:val="00610890"/>
     <w:rsid w:val="006E7EED"/>
     <w:rsid w:val="007E22EF"/>
     <w:rsid w:val="00A64A6B"/>
     <w:rsid w:val="00AA5FE0"/>
     <w:rsid w:val="00B31EFA"/>
     <w:rsid w:val="00B34835"/>
+    <w:rsid w:val="00E77CE4"/>
     <w:rsid w:val="00F33657"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="52A61580"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{96D9D35F-0EEA-477E-9D7E-2B312A69FEC9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -3007,51 +3006,51 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="93551669">
               <w:marLeft w:val="-435"/>
               <w:marRight w:val="-435"/>
               <w:marTop w:val="360"/>
               <w:marBottom w:val="360"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reg_agent@rusnarbank.ru" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mspbank.ru/to-agents/documents/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mspbank.ru/to-agents/documents/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mspbank.ru/guarantee/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.smbfin.ru/ru/home/Docs/%D0%A0%D0%B0%D0%B1%D0%BE%D1%82%D0%B0_%D1%81_%D0%A3%D0%9A%D0%AD%D0%9F/%D0%A2%D1%80%D0%B5%D0%B1%D0%BE%D0%B2%D0%B0%D0%BD%D0%B8%D1%8F" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wiki.smbfin.ru/ru/home/Docs/%D0%A0%D0%B0%D0%B1%D0%BE%D1%82%D0%B0_%D1%81_%D0%A3%D0%9A%D0%AD%D0%9F/%D0%A2%D1%80%D0%B5%D0%B1%D0%BE%D0%B2%D0%B0%D0%BD%D0%B8%D1%8F" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mspbank.ru/to-agents/documents/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mspbank.ru/to-agents/documents/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mspbank.ru/guarantee/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3310,69 +3309,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>534</Words>
-  <Characters>3048</Characters>
+  <Words>527</Words>
+  <Characters>3007</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3575</CharactersWithSpaces>
+  <CharactersWithSpaces>3527</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Великанова Елена Вячеславовна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>